--- v1 (2026-02-13)
+++ v2 (2026-03-25)
@@ -59,103 +59,89 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="22F375F5" w14:textId="0AEB5321" w:rsidR="00847A5A" w:rsidRDefault="00847A5A" w:rsidP="006B35E1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00847A5A">
         <w:t>Reque</w:t>
       </w:r>
       <w:r w:rsidR="00F566B3">
         <w:t>st for external assessment adju</w:t>
       </w:r>
       <w:r w:rsidRPr="00847A5A">
         <w:t>stments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B36F98C" w14:textId="77777777" w:rsidR="006F6001" w:rsidRPr="00FC1E19" w:rsidRDefault="006F6001" w:rsidP="006B35E1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Light" w:hAnsi="Roboto Light" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69D633E8" w14:textId="6A48D8C0" w:rsidR="00645542" w:rsidRPr="005F1B1F" w:rsidRDefault="00645542" w:rsidP="00B63902">
+    <w:p w14:paraId="69D633E8" w14:textId="678764B1" w:rsidR="00645542" w:rsidRPr="005F1B1F" w:rsidRDefault="00645542" w:rsidP="00B63902">
       <w:pPr>
         <w:pStyle w:val="AFormbullet"/>
       </w:pPr>
-      <w:r w:rsidRPr="00504E8A">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> known pre-existing conditions are due at the SACE</w:t>
+      <w:r>
+        <w:t>Requests made on the basis of known pre-existing conditions are due at the SACE</w:t>
       </w:r>
       <w:r w:rsidR="00CF3D54">
+        <w:t xml:space="preserve"> Board</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CF3D54" w:rsidRPr="00EC6861">
-[...5 lines deleted...]
-      <w:r w:rsidR="005F1B1F" w:rsidRPr="00EC6861">
+      <w:r w:rsidR="005F1B1F">
         <w:t xml:space="preserve">by </w:t>
       </w:r>
-      <w:r w:rsidR="00874718">
+      <w:r w:rsidR="4642BA66" w:rsidRPr="10EC2126">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00B63902" w:rsidRPr="004B2959">
+      <w:r w:rsidR="00B63902" w:rsidRPr="10EC2126">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> April 202</w:t>
       </w:r>
-      <w:r w:rsidR="00874718">
+      <w:r w:rsidR="00874718" w:rsidRPr="10EC2126">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="005F1B1F" w:rsidRPr="00EC6861">
+      <w:r w:rsidR="005F1B1F">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC6861">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">ed adjustment(s) can be </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> so that the required adjustment(s) can be </w:t>
       </w:r>
       <w:r w:rsidR="007528E7">
         <w:t>arranged</w:t>
       </w:r>
       <w:r w:rsidR="004B2959">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007528E7">
         <w:t>Applications received after this date will be considered on an individual basis</w:t>
       </w:r>
       <w:r w:rsidR="00B156D5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FD8F093" w14:textId="74C9166D" w:rsidR="00F54D55" w:rsidRPr="00F54D55" w:rsidRDefault="00645542" w:rsidP="00B63902">
       <w:pPr>
         <w:pStyle w:val="AFormbullet"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:i w:val="0"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504E8A">
@@ -2714,51 +2700,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="21649931" id="Rectangle 53" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="04FCD8E1" id="Rectangle 53" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CF049C6" w14:textId="7C487F2E" w:rsidR="003B1DD3" w:rsidRPr="00863E4D" w:rsidRDefault="003B1DD3" w:rsidP="003B1DD3">
             <w:pPr>
               <w:pStyle w:val="AFormtextinbox"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Hearing impairment</w:t>
             </w:r>
           </w:p>
@@ -2807,51 +2793,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="526BD099" id="Rectangle 55" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="3B4D23A6" id="Rectangle 55" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34D994D3" w14:textId="791C7388" w:rsidR="003B1DD3" w:rsidRPr="00863E4D" w:rsidRDefault="003B1DD3" w:rsidP="003B1DD3">
             <w:pPr>
               <w:pStyle w:val="AFormtextinbox"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00863E4D">
               <w:t>Learning disorder</w:t>
             </w:r>
           </w:p>
@@ -2900,51 +2886,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="397A925D" id="Rectangle 57" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="5D42FEAA" id="Rectangle 57" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="221F14B7" w14:textId="79CB1C49" w:rsidR="003B1DD3" w:rsidRPr="00863E4D" w:rsidRDefault="003B1DD3" w:rsidP="003B1DD3">
             <w:pPr>
               <w:pStyle w:val="AFormtextinbox"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-183"/>
             </w:pPr>
             <w:r>
               <w:t>Medical condition</w:t>
             </w:r>
@@ -2994,51 +2980,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="55412DD3" id="Rectangle 4" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="26BD14E5" id="Rectangle 4" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FA20390" w14:textId="77777777" w:rsidR="003B1DD3" w:rsidRPr="00863E4D" w:rsidRDefault="003B1DD3" w:rsidP="003B1DD3">
             <w:pPr>
               <w:pStyle w:val="AFormtextinbox"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Physical disability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3084,51 +3070,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="1767D918" id="Rectangle 6" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="0A9B0B97" id="Rectangle 6" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2041" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C1F9DBE" w14:textId="016BA580" w:rsidR="003B1DD3" w:rsidRDefault="003B1DD3" w:rsidP="003B1DD3">
             <w:pPr>
               <w:pStyle w:val="AFormtextinbox"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003B1DD3">
               <w:t>Psychological disorder</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B1DD3" w:rsidRPr="00863E4D" w14:paraId="59279943" w14:textId="77777777" w:rsidTr="003B1DD3">
@@ -3186,51 +3172,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="28DEF7D5" id="Rectangle 12" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="14B3709C" id="Rectangle 12" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A4B98A1" w14:textId="6C03930E" w:rsidR="003B1DD3" w:rsidRDefault="003B1DD3" w:rsidP="003B1DD3">
             <w:pPr>
               <w:pStyle w:val="AFormtextinbox"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003B1DD3">
               <w:t>Vision impairment</w:t>
             </w:r>
           </w:p>
@@ -3286,51 +3272,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="0DB88D68" id="Rectangle 58" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="45B94309" id="Rectangle 58" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8219" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0CFFEA66" w14:textId="5B720919" w:rsidR="003B1DD3" w:rsidRDefault="003B1DD3" w:rsidP="003B1DD3">
             <w:pPr>
               <w:pStyle w:val="AFormtextinbox"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="003B1DD3">
               <w:t>Other: _____________________________________________________________</w:t>
             </w:r>
@@ -3950,51 +3936,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="643F2CEC" id="Rectangle 37" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="4D491D8F" id="Rectangle 37" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10193" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F3C0A9F" w14:textId="25814B65" w:rsidR="008330A0" w:rsidRPr="00DB26CB" w:rsidRDefault="008330A0" w:rsidP="004F21E2">
             <w:pPr>
               <w:pStyle w:val="AFormticktext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Request for an extension</w:t>
             </w:r>
             <w:r w:rsidR="006A2ED7">
               <w:t xml:space="preserve"> to submission date</w:t>
@@ -4055,55 +4041,55 @@
         <w:gridCol w:w="1587"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="466"/>
         <w:gridCol w:w="323"/>
         <w:gridCol w:w="1594"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="282"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="2555"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BD63F5" w:rsidRPr="00DB26CB" w14:paraId="46AF47C4" w14:textId="77777777" w:rsidTr="00862CB5">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="0" w:name="_Hlk160633689"/>
           <w:p w14:paraId="7E2B89DF" w14:textId="7186FD2B" w:rsidR="00BD63F5" w:rsidRPr="00DB26CB" w:rsidRDefault="00BA51E4" w:rsidP="00862CB5">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk160633689"/>
             <w:r w:rsidRPr="00BE3F84">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="ne-NP"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FD18307" wp14:editId="7DE20D2D">
                       <wp:extent cx="108000" cy="108000"/>
                       <wp:effectExtent l="0" t="0" r="25400" b="25400"/>
                       <wp:docPr id="2" name="Rectangle 2"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="108000" cy="108000"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
@@ -4113,51 +4099,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="2C927DA4" id="Rectangle 2" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="7557B0B5" id="Rectangle 2" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10344" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6755190F" w14:textId="50D46279" w:rsidR="00BD63F5" w:rsidRPr="00DB26CB" w:rsidRDefault="00BD63F5" w:rsidP="00862CB5">
             <w:pPr>
               <w:pStyle w:val="AFormticktext"/>
             </w:pPr>
@@ -4222,51 +4208,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="01F08270" id="Rectangle 21" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="704B00E2" id="Rectangle 21" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10344" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="592365A5" w14:textId="3371A0A4" w:rsidR="00A30955" w:rsidRDefault="00DB26CB" w:rsidP="00FE1F93">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
             </w:pPr>
             <w:r w:rsidRPr="009763D7">
@@ -4348,51 +4334,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="34955739" id="Rectangle 20" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="389852A9" id="Rectangle 20" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10344" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B2F037D" w14:textId="226166E7" w:rsidR="00050A97" w:rsidRDefault="00050A97" w:rsidP="00FE1F93">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
             </w:pPr>
             <w:r w:rsidRPr="00DB26CB">
               <w:t>Examination to be provided on coloured paper. Specify colour</w:t>
@@ -4413,68 +4399,68 @@
               <w:t xml:space="preserve"> brand if possible</w:t>
             </w:r>
             <w:r w:rsidRPr="00F94EC1">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42FEFCF9" w14:textId="771E3903" w:rsidR="00A30955" w:rsidRPr="00DB26CB" w:rsidRDefault="00A30955" w:rsidP="00AC5F3F">
             <w:pPr>
               <w:pStyle w:val="AFormtext-Italic"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30955">
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="007B1FFF">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A30955">
               <w:t>Provide details of specific requirements below.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk157587642"/>
       <w:tr w:rsidR="00D93D8E" w:rsidRPr="00DB26CB" w14:paraId="5533C59D" w14:textId="77777777" w:rsidTr="00D93D8E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B0EED03" w14:textId="5FB4CF07" w:rsidR="00D93D8E" w:rsidRPr="00DB26CB" w:rsidRDefault="00D93D8E" w:rsidP="00D93D8E">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
             </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk157587642"/>
             <w:r w:rsidRPr="00BE3F84">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="ne-NP"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36772D2A" wp14:editId="150C7422">
                       <wp:extent cx="108000" cy="108000"/>
                       <wp:effectExtent l="0" t="0" r="25400" b="25400"/>
                       <wp:docPr id="7" name="Rectangle 7"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="108000" cy="108000"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
@@ -4484,51 +4470,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="28DF3579" id="Rectangle 7" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="63457F56" id="Rectangle 7" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10344" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="67D818E2" w14:textId="2286BAE4" w:rsidR="00D93D8E" w:rsidRDefault="00D93D8E" w:rsidP="00D93D8E">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
               <w:spacing w:before="80"/>
             </w:pPr>
             <w:r w:rsidRPr="00DB26CB">
               <w:t xml:space="preserve">Braille paper required. </w:t>
@@ -4609,51 +4595,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="4945F6A5" id="Rectangle 42" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="22156308" id="Rectangle 42" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10344" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F780404" w14:textId="77777777" w:rsidR="00AC5F3F" w:rsidRDefault="00050A97" w:rsidP="00FE1F93">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
             </w:pPr>
             <w:r w:rsidRPr="00F94EC1">
               <w:t>Assistive technology to be used, e.g. screen reader, text to speech</w:t>
@@ -4728,120 +4714,120 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="4614FA06" id="Rectangle 43" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="001C0037" id="Rectangle 43" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10344" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7078DCE4" w14:textId="77777777" w:rsidR="00A30955" w:rsidRDefault="00050A97" w:rsidP="00FE1F93">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
             </w:pPr>
             <w:r w:rsidRPr="00F94EC1">
               <w:t xml:space="preserve">Written description of videos, images, and/or graphics required. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A1D0B6B" w14:textId="11F79D02" w:rsidR="00050A97" w:rsidRPr="00F94EC1" w:rsidRDefault="00AC5F3F" w:rsidP="00AC5F3F">
             <w:pPr>
               <w:pStyle w:val="AFormtext-Italic"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">* </w:t>
             </w:r>
             <w:r w:rsidR="00050A97" w:rsidRPr="00F94EC1">
               <w:t xml:space="preserve">Provide details </w:t>
             </w:r>
             <w:r w:rsidR="00A30955">
               <w:t xml:space="preserve">of specific requirements </w:t>
             </w:r>
             <w:r w:rsidR="00050A97" w:rsidRPr="00F94EC1">
               <w:t>below.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk160625957"/>
-      <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="00DB26CB" w:rsidRPr="00DB26CB" w14:paraId="0DED3BA3" w14:textId="77777777" w:rsidTr="00862CB5">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C065F10" w14:textId="5097A801" w:rsidR="00DB26CB" w:rsidRPr="00DB26CB" w:rsidRDefault="00AD1707" w:rsidP="00862CB5">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
             </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk160625957"/>
+            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00BE3F84">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="zh-CN" w:bidi="ne-NP"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6515080D" wp14:editId="72E2C4D1">
                       <wp:extent cx="108000" cy="108000"/>
                       <wp:effectExtent l="0" t="0" r="25400" b="25400"/>
                       <wp:docPr id="26" name="Rectangle 26"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="108000" cy="108000"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
@@ -4851,51 +4837,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="0A016445" id="Rectangle 26" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="16353AED" id="Rectangle 26" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10344" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B79E258" w14:textId="39B697D8" w:rsidR="00DB26CB" w:rsidRPr="00E031FC" w:rsidRDefault="00AF7E63" w:rsidP="00862CB5">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
             </w:pPr>
             <w:r w:rsidRPr="00AF7E63">
               <w:t xml:space="preserve">Paper copy of electronic examination (e-exam) required. </w:t>
@@ -5010,51 +4996,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="4ADEF814" id="Rectangle 38" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="55A3CDB7" id="Rectangle 38" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DE9815D" w14:textId="6150016C" w:rsidR="00E313C6" w:rsidRPr="00F94EC1" w:rsidRDefault="00050A97" w:rsidP="00E313C6">
             <w:pPr>
               <w:pStyle w:val="AFormticktext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -5115,51 +5101,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="7E9DB3FF" id="Rectangle 31" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="7B9CA49C" id="Rectangle 31" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2336" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75FCADDB" w14:textId="453811D2" w:rsidR="00E313C6" w:rsidRPr="00F94EC1" w:rsidRDefault="00050A97" w:rsidP="00E313C6">
             <w:pPr>
               <w:pStyle w:val="AFormticktext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
             </w:pPr>
@@ -5266,51 +5252,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="330CC37E" id="Rectangle 30" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="32A0BAD8" id="Rectangle 30" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10344" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01D28E81" w14:textId="234DE10E" w:rsidR="00E313C6" w:rsidRPr="00F94EC1" w:rsidRDefault="00E313C6" w:rsidP="00862CB5">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
@@ -5425,51 +5411,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="69B6A7F2" id="Rectangle 27" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="381D45A7" id="Rectangle 27" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16129C00" w14:textId="7FDBD96C" w:rsidR="00E313C6" w:rsidRPr="00F94EC1" w:rsidRDefault="00E313C6" w:rsidP="00E313C6">
             <w:pPr>
               <w:pStyle w:val="AFormticktext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94EC1">
               <w:t>Word</w:t>
@@ -5528,51 +5514,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="4D40EE3E" id="Rectangle 35" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="4F42C870" id="Rectangle 35" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46D47FF7" w14:textId="7AA3E8AF" w:rsidR="00E313C6" w:rsidRPr="00F94EC1" w:rsidRDefault="00050A97" w:rsidP="00E313C6">
             <w:pPr>
               <w:pStyle w:val="AFormticktext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>P</w:t>
@@ -5631,51 +5617,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="387B3C3F" id="Rectangle 39" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="5B6FF189" id="Rectangle 39" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5786" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="254C3452" w14:textId="4A6520F4" w:rsidR="00E313C6" w:rsidRPr="00F94EC1" w:rsidRDefault="00050A97" w:rsidP="00E313C6">
             <w:pPr>
               <w:pStyle w:val="AFormticktext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
             </w:pPr>
@@ -5746,51 +5732,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="0595F7A9" id="Rectangle 29" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="17F10F01" id="Rectangle 29" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10344" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CFDDE1C" w14:textId="5D58B436" w:rsidR="00E313C6" w:rsidRPr="00F94EC1" w:rsidRDefault="00E313C6" w:rsidP="00862CB5">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
@@ -5908,51 +5894,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="1BE834AB" id="Rectangle 28" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="4FE9976C" id="Rectangle 28" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73836474" w14:textId="75FBC0B9" w:rsidR="00E313C6" w:rsidRPr="00F94EC1" w:rsidRDefault="00E313C6" w:rsidP="00E313C6">
             <w:pPr>
               <w:pStyle w:val="AFormticktext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94EC1">
@@ -6010,51 +5996,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="75CC2E2C" id="Rectangle 36" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="0953A4F6" id="Rectangle 36" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4687C179" w14:textId="2F40C8CF" w:rsidR="00E313C6" w:rsidRPr="00F94EC1" w:rsidRDefault="00050A97" w:rsidP="00E313C6">
             <w:pPr>
               <w:pStyle w:val="AFormticktext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
             </w:pPr>
@@ -6116,51 +6102,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="3679F10C" id="Rectangle 40" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="23C276D1" id="Rectangle 40" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2948" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="264F4C77" w14:textId="4A1B6D1F" w:rsidR="00E313C6" w:rsidRPr="00F94EC1" w:rsidRDefault="00050A97" w:rsidP="00E313C6">
             <w:pPr>
               <w:pStyle w:val="AFormticktext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
             </w:pPr>
@@ -6233,51 +6219,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="3EE43F44" id="Rectangle 41" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="68DCA0D1" id="Rectangle 41" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2555" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55AAAD6D" w14:textId="6BC6F173" w:rsidR="00E313C6" w:rsidRPr="00F94EC1" w:rsidRDefault="00E313C6" w:rsidP="00E313C6">
             <w:pPr>
               <w:pStyle w:val="AFormticktext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
               </w:rPr>
             </w:pPr>
@@ -6340,51 +6326,51 @@
                               <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                                 <a:solidFill>
                                   <a:srgbClr val="4472C4">
                                     <a:shade val="15000"/>
                                   </a:srgbClr>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:miter lim="800000"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="1C343BDA" id="Rectangle 3" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
+                    <v:rect w14:anchorId="2A6D6AA0" id="Rectangle 3" o:spid="_x0000_s1026" style="width:8.5pt;height:8.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABkT+NbgIAAPoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1k6WNBnSJIkWFA&#10;0QZoh54VWYoNSKJGKXGyXz9KdpM+dhqWg0KKFB8fP/r6Zm8N2ykMLbiKj85KzpSTULduU/GfT8sv&#10;V5yFKFwtDDhV8YMK/Gb2+dN156dqDA2YWiGjIC5MO1/xJkY/LYogG2VFOAOvHBk1oBWRVNwUNYqO&#10;oltTjMvyougAa48gVQh0e9sb+SzH11rJ+KB1UJGZilNtMZ+Yz3U6i9m1mG5Q+KaVQxniH6qwonWU&#10;9BjqVkTBtth+CGVbiRBAxzMJtgCtW6lyD9TNqHzXzWMjvMq9EDjBH2EK/y+svN89+hUSDJ0P00Bi&#10;6mKv0aZ/qo/tM1iHI1hqH5mky1F5VZYEqSTTIFOU4vTYY4jfFViWhIojzSJDJHZ3IfauLy4pVwDT&#10;1svWmKwcwsIg2wkaG027ho4zI0Kky4ov8y+NjrK9eWYc6yp+8fU81SWITtqISKL1dcWD23AmzIZ4&#10;KiPmUt48DrhZH5NOJpfjxaR3akSt+lJG56nlIXHv/rGI1NStCE3/JKfoaWbbSFw3ra14gu4YybjU&#10;sspsHaA5DSNJa6gPK2QIPX2Dl8uWktwRICuBxFdql3YwPtChDRAEMEicNYC//3af/IlGZOWsI/4T&#10;Pr+2AhXh/MMRwb6NJpO0MFmZnF+OScHXlvVri9vaBdCsRrTtXmYx+UfzImoE+0yrOk9ZySScpNz9&#10;JAZlEfu9pGWXaj7PbrQkXsQ79+hlCp5wSvA+7Z8F+oFYkRh5Dy+7Iqbv+NX7ppcO5tsIus3kO+FK&#10;E0wKLVie5fAxSBv8Ws9ep0/W7A8AAAD//wMAUEsDBBQABgAIAAAAIQBSPJ3Y1gAAAAMBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsNADETvSPzDykhcEHXKoaCQTQVICIkTFOjZzbpJRNYbsts2+Xtc&#10;OMDF1mis8ZtiOfrO7HmIbRAL81kGhqUKrpXawvvb4+UNmJhIHHVB2MLEEZbl6UlBuQsHeeX9KtVG&#10;QyTmZKFJqc8RY9WwpzgLPYt62zB4SiqHGt1ABw33HV5l2QI9taIfGur5oeHqc7XzFsZqvfbP/f0T&#10;ysUi4jTNX7ZfH9aen413t2ASj+nvGI74ig6lMm3CTlw0nQUtkn7m0btWtfndWBb4n738BgAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAGRP41uAgAA+gQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFI8ndjWAAAAAwEAAA8AAAAAAAAAAAAAAAAAyAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" fillcolor="window" strokecolor="#172c51" strokeweight=".5pt">
                       <w10:anchorlock/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10344" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C2A7E73" w14:textId="2406B937" w:rsidR="00FE1F93" w:rsidRPr="00DB26CB" w:rsidRDefault="00FE1F93" w:rsidP="008B4F6C">
             <w:pPr>
               <w:pStyle w:val="AFormtext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Roboto Light"/>
@@ -11359,51 +11345,50 @@
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="2143881184">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1874077254">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="182256617">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1586720442">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="248514328">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white">
       <v:fill color="white" on="f"/>
       <v:stroke weight=".25pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -11766,58 +11751,60 @@
     <w:rsid w:val="0068292A"/>
     <w:rsid w:val="00694737"/>
     <w:rsid w:val="0069536C"/>
     <w:rsid w:val="00697881"/>
     <w:rsid w:val="006A1A98"/>
     <w:rsid w:val="006A269C"/>
     <w:rsid w:val="006A2ED7"/>
     <w:rsid w:val="006A4BD6"/>
     <w:rsid w:val="006A6A52"/>
     <w:rsid w:val="006A7570"/>
     <w:rsid w:val="006A763F"/>
     <w:rsid w:val="006A7D41"/>
     <w:rsid w:val="006B0566"/>
     <w:rsid w:val="006B35E1"/>
     <w:rsid w:val="006B38DF"/>
     <w:rsid w:val="006B54AF"/>
     <w:rsid w:val="006B579F"/>
     <w:rsid w:val="006B6C5F"/>
     <w:rsid w:val="006C17E5"/>
     <w:rsid w:val="006C5ACE"/>
     <w:rsid w:val="006D0E46"/>
     <w:rsid w:val="006D3790"/>
     <w:rsid w:val="006D54A5"/>
     <w:rsid w:val="006D6405"/>
     <w:rsid w:val="006E129A"/>
+    <w:rsid w:val="006E2CFD"/>
     <w:rsid w:val="006E2D06"/>
     <w:rsid w:val="006E2D4E"/>
     <w:rsid w:val="006E4848"/>
     <w:rsid w:val="006E5DE3"/>
     <w:rsid w:val="006E5E1E"/>
     <w:rsid w:val="006E6ACE"/>
     <w:rsid w:val="006F6001"/>
     <w:rsid w:val="0070393F"/>
+    <w:rsid w:val="007041E8"/>
     <w:rsid w:val="007117A8"/>
     <w:rsid w:val="00711D4A"/>
     <w:rsid w:val="00713A0B"/>
     <w:rsid w:val="00716B58"/>
     <w:rsid w:val="0072384D"/>
     <w:rsid w:val="00727612"/>
     <w:rsid w:val="00734737"/>
     <w:rsid w:val="007370CA"/>
     <w:rsid w:val="00737A13"/>
     <w:rsid w:val="00741B15"/>
     <w:rsid w:val="00741F6B"/>
     <w:rsid w:val="00742BDD"/>
     <w:rsid w:val="00747091"/>
     <w:rsid w:val="00750587"/>
     <w:rsid w:val="0075061B"/>
     <w:rsid w:val="007528E7"/>
     <w:rsid w:val="0075645A"/>
     <w:rsid w:val="00785448"/>
     <w:rsid w:val="00785F57"/>
     <w:rsid w:val="00786045"/>
     <w:rsid w:val="00790741"/>
     <w:rsid w:val="00795504"/>
     <w:rsid w:val="007A2ED2"/>
     <w:rsid w:val="007B1FFF"/>
     <w:rsid w:val="007B493A"/>
@@ -11973,50 +11960,51 @@
     <w:rsid w:val="00A9695C"/>
     <w:rsid w:val="00AA1A8F"/>
     <w:rsid w:val="00AA3500"/>
     <w:rsid w:val="00AA4C6B"/>
     <w:rsid w:val="00AB33AA"/>
     <w:rsid w:val="00AB4510"/>
     <w:rsid w:val="00AB5B56"/>
     <w:rsid w:val="00AC07A4"/>
     <w:rsid w:val="00AC4EF8"/>
     <w:rsid w:val="00AC5348"/>
     <w:rsid w:val="00AC5F3F"/>
     <w:rsid w:val="00AD1707"/>
     <w:rsid w:val="00AE3D79"/>
     <w:rsid w:val="00AE46E2"/>
     <w:rsid w:val="00AF7E63"/>
     <w:rsid w:val="00B0118C"/>
     <w:rsid w:val="00B02101"/>
     <w:rsid w:val="00B0345C"/>
     <w:rsid w:val="00B04495"/>
     <w:rsid w:val="00B1093C"/>
     <w:rsid w:val="00B10EB7"/>
     <w:rsid w:val="00B10FD4"/>
     <w:rsid w:val="00B13917"/>
     <w:rsid w:val="00B155A3"/>
     <w:rsid w:val="00B156D5"/>
+    <w:rsid w:val="00B17938"/>
     <w:rsid w:val="00B21CFB"/>
     <w:rsid w:val="00B23979"/>
     <w:rsid w:val="00B23DCC"/>
     <w:rsid w:val="00B24255"/>
     <w:rsid w:val="00B2527A"/>
     <w:rsid w:val="00B26DD4"/>
     <w:rsid w:val="00B27DDA"/>
     <w:rsid w:val="00B30004"/>
     <w:rsid w:val="00B3224C"/>
     <w:rsid w:val="00B36113"/>
     <w:rsid w:val="00B4011A"/>
     <w:rsid w:val="00B4609F"/>
     <w:rsid w:val="00B5133C"/>
     <w:rsid w:val="00B51C4C"/>
     <w:rsid w:val="00B5291C"/>
     <w:rsid w:val="00B53709"/>
     <w:rsid w:val="00B53C84"/>
     <w:rsid w:val="00B561C5"/>
     <w:rsid w:val="00B5674B"/>
     <w:rsid w:val="00B63902"/>
     <w:rsid w:val="00B63EED"/>
     <w:rsid w:val="00B67C3E"/>
     <w:rsid w:val="00B71FAD"/>
     <w:rsid w:val="00B75191"/>
     <w:rsid w:val="00B77C71"/>
@@ -12246,50 +12234,52 @@
     <w:rsid w:val="00F9640C"/>
     <w:rsid w:val="00F96EB1"/>
     <w:rsid w:val="00FA1441"/>
     <w:rsid w:val="00FA44E0"/>
     <w:rsid w:val="00FA7BB6"/>
     <w:rsid w:val="00FB0CAA"/>
     <w:rsid w:val="00FB3EE4"/>
     <w:rsid w:val="00FB4635"/>
     <w:rsid w:val="00FB6D93"/>
     <w:rsid w:val="00FC1E19"/>
     <w:rsid w:val="00FC4034"/>
     <w:rsid w:val="00FC6EAF"/>
     <w:rsid w:val="00FD0666"/>
     <w:rsid w:val="00FD0878"/>
     <w:rsid w:val="00FD28E7"/>
     <w:rsid w:val="00FD297A"/>
     <w:rsid w:val="00FD3869"/>
     <w:rsid w:val="00FD3B31"/>
     <w:rsid w:val="00FD7B76"/>
     <w:rsid w:val="00FE1126"/>
     <w:rsid w:val="00FE1F93"/>
     <w:rsid w:val="00FE45FF"/>
     <w:rsid w:val="00FF242B"/>
     <w:rsid w:val="00FF2E88"/>
     <w:rsid w:val="00FF5C95"/>
+    <w:rsid w:val="10EC2126"/>
+    <w:rsid w:val="4642BA66"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" style="mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fill="f" fillcolor="white">
       <v:fill color="white" on="f"/>
       <v:stroke weight=".25pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -14188,50 +14178,147 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3e24f7e4-f994-42a6-920d-6929e5416d85">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<metadata xmlns="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4" version="1.0.0">
+  <systemFields>
+    <field name="Objective-Id">
+      <value order="0">A1488765</value>
+    </field>
+    <field name="Objective-Title">
+      <value order="0">Special provisions - request for external assessment adjustments (Form 31)</value>
+    </field>
+    <field name="Objective-Description">
+      <value order="0"/>
+    </field>
+    <field name="Objective-CreationStamp">
+      <value order="0">2024-12-11T03:43:38Z</value>
+    </field>
+    <field name="Objective-IsApproved">
+      <value order="0">false</value>
+    </field>
+    <field name="Objective-IsPublished">
+      <value order="0">false</value>
+    </field>
+    <field name="Objective-DatePublished">
+      <value order="0"/>
+    </field>
+    <field name="Objective-ModificationStamp">
+      <value order="0">2024-12-11T03:43:42Z</value>
+    </field>
+    <field name="Objective-Owner">
+      <value order="0">Emma Hillman</value>
+    </field>
+    <field name="Objective-Path">
+      <value order="0">Objective Global Folder:Strategic Management:Planning - Annual Plan:Operational publications planning:2025 Operational publications planning:Forms 2025</value>
+    </field>
+    <field name="Objective-Parent">
+      <value order="0">Forms 2025</value>
+    </field>
+    <field name="Objective-State">
+      <value order="0">Being Drafted</value>
+    </field>
+    <field name="Objective-VersionId">
+      <value order="0">vA2229316</value>
+    </field>
+    <field name="Objective-Version">
+      <value order="0">0.1</value>
+    </field>
+    <field name="Objective-VersionNumber">
+      <value order="0">1</value>
+    </field>
+    <field name="Objective-VersionComment">
+      <value order="0"/>
+    </field>
+    <field name="Objective-FileNumber">
+      <value order="0">qA21652</value>
+    </field>
+    <field name="Objective-Classification">
+      <value order="0"/>
+    </field>
+    <field name="Objective-Caveats">
+      <value order="0"/>
+    </field>
+  </systemFields>
+  <catalogues>
+    <catalogue name="Document Type Catalogue" type="type" ori="id:cA25">
+      <field name="Objective-Security Classification">
+        <value order="0">OFFICIAL</value>
+      </field>
+      <field name="Objective-Connect Creator">
+        <value order="0"/>
+      </field>
+    </catalogue>
+  </catalogues>
+</metadata>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E9441937D592A14CBE28DD5225DE499F" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a738197b27096d182a54b776ff44441e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3e24f7e4-f994-42a6-920d-6929e5416d85" xmlns:ns3="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5d51d94185be75e075b4cfae2254b0c" ns2:_="" ns3:_="">
     <xsd:import namespace="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
     <xsd:import namespace="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -14404,281 +14491,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...95 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C9DC9F0-583C-4992-BAA6-090D475A5C95}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16F41086-38AF-4EBA-9250-D6B9F73E4E36}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26FC525C-B858-40B5-BF4C-DDD05CEA47F7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75FE87F9-3CB9-4D56-8525-DAD985DDAE44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26FC525C-B858-40B5-BF4C-DDD05CEA47F7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="5921f216-40e3-4a29-8a23-1d62738ac013"/>
+    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/CB029ECD6D85427BAD5E1D35DE4A29A4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16F41086-38AF-4EBA-9250-D6B9F73E4E36}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C9DC9F0-583C-4992-BAA6-090D475A5C95}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="3e24f7e4-f994-42a6-920d-6929e5416d85"/>
+    <ds:schemaRef ds:uri="f909335d-e8f4-4d0a-afad-dfe7dd9d79d9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ops man.dot</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>744</Words>
   <Characters>4246</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4981</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...56 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Form 31/24</dc:title>
   <dc:creator>SACE Board of SA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Objective-Comment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
@@ -14747,27 +14685,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Version">
     <vt:lpwstr>0.1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-VersionNumber">
     <vt:r8>1</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-FileNumber">
     <vt:lpwstr>qA21652</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Security Classification">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>